--- v0 (2025-12-06)
+++ v1 (2026-02-01)
@@ -10,51 +10,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			I- PRELIMINARES DE MÉRITO  INÉPCIA DA INICIAL – AUSÊNCIA DE CAUSA DE PEDIR E PEDIDO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Primeiramente, destaca-se que o princípio da simplicidade/informalidade, que norteia o processo do trabalho, foi atenuado pela Lei nº 13.467/2017 nos casos em que o trabalhador busca a tutela jurisdicional da Justiça do Trabalho, através de advogado particular, nos termos da nova redação do parágrafo 1º, art. 840 da CLT.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
@@ -186,51 +186,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Caso superada as preliminares arguidas, a reclamada passa a contestar seu mérito, sendo a ação totalmente improcedente, pois nenhuma verba é devida em favor da reclamante, conforme abaixo exposto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			INÉPCIA DA INICIAL – CAUSA DE PEDIR E PEDIDO – AUSÊNCIA DE CONCLUSÃO LÓGICA OU DE PEDIDO FINAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -329,117 +329,117 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Portanto, requer que seja julgado extinto o pedido </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="FFFF00"/>
         </w:rPr>
         <w:t xml:space="preserve"> informar qual o pedido </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ante as divergências apontadas, devendo o pedido ser julgado extinção sem julgamento do mérito, como preconiza o artigo 485, inciso I, c/c artigo 330, inciso I e § 1º, inciso II, ambos do CPC, c/c artigo 769, CLT.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PRINCÍPIO DA EVENTUALIDADE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Caso superada as preliminares arguidas, a reclamada passa a contestar seu mérito, sendo a ação totalmente improcedente, pois nenhuma verba é devida em favor da reclamante, conforme abaixo exposto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			INÉPCIA DA INICIAL – DANO MORAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O reclamante formula o pedido de indenização por danos morais sem observar as disposições constantes no art. 223-A e seguintes da CLT.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			INÉPCIA DA INICIAL – DESVIO DE FUNÇÃO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -556,117 +556,117 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ante o exposto, requer seja julgado extinto sem julgamento do mérito o pedido, nos termos do § 3° do artigo 840 da CLT</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PRINCÍPIO DA EVENTUALIDADE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Caso superada as preliminares arguidas, a reclamada passa a contestar seu mérito, sendo a ação totalmente improcedente, pois nenhuma verba é devida em favor da reclamante, conforme abaixo exposto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			INÉPCIA DA INICIAL - AUSÊNCIA DE LIQUIDAÇÃO DOS PEDIDOS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Primeiramente, destaca-se que o princípio da simplicidade/informalidade que norteia o processo do trabalho foi atenuado pela Lei n° 13.467/2017 nos casos em que o trabalhador busca a tutela jurisdicional da Justiça do Trabalho, através de advogado particular, nos termos da nova redação do parágrafo 1°, art. 840 da CLT.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			DOMÉSTICA – INÉPCIA DA INICIAL – DA APLICAÇÃO DA LEGISLAÇÃO ADEQUADA AO CASO CONCRETO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>