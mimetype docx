--- v0 (2025-12-06)
+++ v1 (2026-02-01)
@@ -9,51 +9,51 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CÓDIGO DE CONDUTA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Versão 02 – julho/2025</w:t>
       </w:r>
@@ -205,57 +205,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rafael Christiansen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SUMáRIO</w:t>
+        <w:t xml:space="preserve">			SUMÁRIO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Missão Visão e Valores</w:t>
@@ -643,130 +643,130 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TERMO DE CIÊNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MISSãO VISãO E VALORES</w:t>
+        <w:t xml:space="preserve">			MISSÃO VISÃO E VALORES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MISSãO</w:t>
+        <w:t xml:space="preserve">			MISSÃO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Oferecer soluções financeiras personalizadas e de alta qualidade, visando à preservação e ao crescimento sustentável do patrimônio de nossos clientes, por meio de uma abordagem transparente, ética e alinhada aos mais altos padrões do mercado financeiro. Nosso compromisso é atuar sempre ao lado do cliente — e nunca sobre ele —, garantindo que nosso sucesso seja construído em conjunto, de forma responsável e duradoura.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			VISãO</w:t>
+        <w:t xml:space="preserve">			VISÃO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ser reconhecida pelos clientes como referência em atendimento próximo, personalizado e de alta qualidade, destacando-se pela excelência na entrega, inovação em soluções financeiras e compromisso genuíno com seus objetivos e resultados.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			VALORES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -900,57 +900,57 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Senso de Dono:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> agimos com responsabilidade, autonomia e zelo.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MEIO AMBIENTE DE TRABALHO SEGURO E SAUDáVEL</w:t>
+        <w:t xml:space="preserve">			MEIO AMBIENTE DE TRABALHO SEGURO E SAUDÁVEL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Na B.Side Investimentos, o respeito à dignidade humana é um princípio inegociável. Atuamos em conformidade com os direitos fundamentais reconhecidos na Declaração Universal dos Direitos Humanos e destacamos os eixos a seguir como essenciais em nossa prática:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
@@ -1128,57 +1128,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Assédio sexual será tratado com igual rigor, reconhecendo suas implicações legais e criminais. Ambas as formas de assédio, uma vez identificadas, ensejarão apuração rigorosa e responsabilização proporcional à gravidade do ato.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			DIVERSIDADE, INCLUSãO E RESPEITO</w:t>
+        <w:t xml:space="preserve">			DIVERSIDADE, INCLUSÃO E RESPEITO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Acreditamos que a diversidade é essencial para o sucesso. Um ambiente plural favorece a inovação, a empatia e o crescimento coletivo. Na B.Side Investimentos, todos devem atuar em conformidade com a legislação aplicável e manter conduta ética, sem qualquer forma de preconceito ou discriminação, independentemente de gênero, orientação sexual, etnia, origem, faixa etária, crença religiosa, aparência física ou deficiência.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1214,269 +1214,269 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Defendemos o diálogo respeitoso e a valorização das diferentes culturas. Comprometemo-nos a eliminar preconceito, discriminação ou intolerância em nosso ambiente de trabalho.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nosso compromisso é garantir que todas as pessoas sejam tratadas com dignidade, igualdade e respeito, sem exceções. Não será tolerado que qualquer sócio, colaborador, consultor, fornecedor ou cliente atue de forma discriminatória ou promova ameaças, exclusões ou constrangimentos em nossas instalações ou relações profissionais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SAúDE FíSICA E MENTAL</w:t>
+        <w:t xml:space="preserve">			SAÚDE FÍSICA E MENTAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Cuidar das pessoas é um valor central para a B.Side Investimentos. Entendemos o bem-estar integral como essencial para um ambiente de trabalho produtivo, ético e sustentável.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nossas práticas seguem as diretrizes da Organização Mundial da Saúde (OMS) e da Organização Internacional do Trabalho (OIT). Consideramos saúde não apenas como ausência de doenças, mas como um estado de completo bem-estar físico, mental e social.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			EQUILíBRIO ENTRE VIDA PESSOAL E PROFISSIONAL</w:t>
+        <w:t xml:space="preserve">			EQUILÍBRIO ENTRE VIDA PESSOAL E PROFISSIONAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Reconhecemos que o excesso de pressão e a ausência de limites entre trabalho e vida pessoal podem prejudicar a saúde. Valorizamos o equilíbrio, respeitamos o descanso e incentivamos a gestão consciente da carga de trabalho.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			AUTOCUIDADO E HáBITOS SAUDáVEIS</w:t>
+        <w:t xml:space="preserve">			AUTOCUIDADO E HÁBITOS SAUDÁVEIS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Incentivamos práticas de autocuidado, alimentação equilibrada, sono regular e atividade física. Também oferecemos benefícios como plano de saúde e acesso ao Wellhub para sócios, funcionários e associados.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SAúDE MENTAL COMO PRIORIDADE</w:t>
+        <w:t xml:space="preserve">			SAÚDE MENTAL COMO PRIORIDADE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabemos que nosso setor envolve grande responsabilidade, por isso disponibilizamos mecanismos para o enfrentamento de ansiedade, estresse ou depressão com seriedade e empatia. Rejeitamos estigmas e promovemos o acolhimento e o diálogo. O Wellhub oferece acesso ao Psicologia Viva para consultas online.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			AMBIENTE SEGURO E RESPEITOSO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Construir um ambiente saudável significa prevenir abusos, violência psicológica, isolamento ou desrespeito. Incentivamos relações baseadas na escuta, apoio mútuo e valorização das diferenças.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			RESPONSABILIDADE COMPARTILHADA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O cuidado com a saúde é responsabilidade de todos. Nossa conduta deve refletir atenção, respeito aos limites e disposição para contribuir com um ambiente equilibrado e acolhedor.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PREVENÇÃO À CORRUPÇÃO, FRAUDE E SUBORNO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1698,51 +1698,51 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A empresa pode ser responsabilizada objetivamente por atos lesivos cometidos em seu interesse, mesmo sem conhecimento direto. Todos os parceiros, colaboradores e prestadores de serviço devem cumprir integralmente esta política.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Situações suspeitas devem ser reportadas ao canal de denúncia. Violações poderão gerar sanções administrativas, cíveis, criminais e responsabilização pessoal.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			RELACIONAMENTO COM O PODER PÚBLICO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1751,51 +1751,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A B.Side Investimentos não recebe recursos públicos nem realiza projetos financiados por verbas governamentais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PREVENÇÃO À LAVAGEM DE DINHEIRO E AO FINANCIAMENTO DO TERRORISMO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1824,51 +1824,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Todas as movimentações são registradas e monitoradas conforme as normas contábeis e fiscais aplicáveis. Além disso, por operarmos via plataforma BTG Pactual, nossos clientes passam pelos mesmos controles exigidos pelo banco.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CONFLITO DE INTERESSES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1897,51 +1897,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">É vedado obter benefício pessoal — comissões, vantagens financeiras ou favorecimentos indevidos — em razão do cargo. A transparência é essencial. Dúvidas devem ser comunicadas imediatamente.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CONCORRÊNCIA LEAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2090,51 +2090,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Em eventos, reuniões ou interações setoriais, representantes devem manter postura profissional e registrar contatos para garantir transparência. A conduta ética diante dos concorrentes é inegociável e um compromisso central da B.Side Investimentos.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			BRINDES, PRESENTES, VIAGENS E CONVITES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2143,51 +2143,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Viagens, hospedagens, convites para eventos ou outros benefícios devem ser previamente aprovados pela liderança e, quando aplicável, pela área de Compliance. Proporcionalidade, transparência e bom senso devem sempre nortear essas situações.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			ATIVOS DA EMPRESA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2196,51 +2196,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">É proibido copiar, transferir ou utilizar arquivos, propostas ou sistemas da empresa em dispositivos pessoais, ambientes externos ou concorrentes, mesmo que tenham sido produzidos pelo próprio colaborador. Todo material desenvolvido pertence à empresa, conforme previsto em contrato de trabalho ou parceria.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			ATIVIDADES POLÍTICO-PARTIDÁRIAS E RELIGIOSAS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2249,51 +2249,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">É vedado o uso do nome, marca ou recursos da empresa para promover qualquer crença, candidato ou partido. Opiniões pessoais devem ser expressas de forma responsável, fora do ambiente corporativo e sem associação à empresa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PRIVACIDADE E PROTEÇÃO DE DADOS PESSOAIS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2342,51 +2342,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Todos os colaboradores devem cumprir a LGPD e adotar práticas de cibersegurança nos dispositivos e canais utilizados. Evite clicar em links suspeitos ou compartilhar dados sensíveis sem autorização.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			REDES SOCIAIS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2825,57 +2825,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Apenas profissionais designados podem se manifestar em nome da B.Side Investimentos. Abordagens da imprensa devem ser imediatamente direcionadas ao departamento responsável.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			CANAL DE DENúNCIA</w:t>
+        <w:t xml:space="preserve">			CANAL DE DENÚNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Para garantir o tratamento sério e imparcial de comportamentos inadequados, ilegais ou contrários a este Código de Conduta, a B.Side Investimentos disponibiliza um canal de denúncia terceirizado, independente, sigiloso e seguro.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -3235,51 +3235,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O canal funciona 24 horas por dia, 7 dias por semana. Denunciar de boa-fé é um ato de responsabilidade para fortalecer nosso compromisso com a integridade.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			TERMO DE CIÊNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>