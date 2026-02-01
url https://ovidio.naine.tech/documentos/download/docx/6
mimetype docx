--- v0 (2025-12-06)
+++ v1 (2026-02-01)
@@ -9,82 +9,82 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CÓDIGO DE CONDUTA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Versão 02 – julho/2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			MENSAGEM DO NOSSO CEO E FOUNDER</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -193,57 +193,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rafael Christiansen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SUMáRIO</w:t>
+        <w:t xml:space="preserve">			SUMÁRIO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Missão Visão e Valores</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -526,130 +526,130 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TERMO DE CIÊNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MISSãO VISãO E VALORES</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+        <w:t xml:space="preserve">			MISSÃO VISÃO E VALORES</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MISSãO</w:t>
+        <w:t xml:space="preserve">			MISSÃO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Oferecer soluções financeiras personalizadas e de alta qualidade, visando à preservação e ao crescimento sustentável do patrimônio dos clientes, com abordagem transparente, ética e alinhada aos mais altos padrões do mercado. Nosso compromisso é atuar sempre ao lado do cliente — e nunca sobre ele —, construindo sucesso conjunto, responsável e duradouro.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			VISãO</w:t>
+        <w:t xml:space="preserve">			VISÃO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ser reconhecida como referência em atendimento próximo, personalizado e de alta qualidade, destacando-se pela excelência na entrega, inovação em soluções financeiras e compromisso genuíno com os objetivos dos clientes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			VALORES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -718,202 +718,202 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Senso de Dono: responsabilidade, autonomia e zelo.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MEIO AMBIENTE DE TRABALHO SEGURO E SAUDáVEL</w:t>
+        <w:t xml:space="preserve">			MEIO AMBIENTE DE TRABALHO SEGURO E SAUDÁVEL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Na B.Side Investimentos, o respeito aos direitos humanos é um princípio inegociável. Atuamos em conformidade com a Declaração Universal dos Direitos Humanos e destacamos os seguintes eixos como essenciais:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			TRABALHO DECENTE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Não mantemos relações com empresas que desrespeitem o trabalho decente — entendido como produtivo, realizado em condições de liberdade, equidade, segurança e dignidade humana. Esperamos garantias mínimas legais de remuneração justa, benefícios, pausas e condições seguras. Realizamos diligência prévia antes de contratar, incluindo consulta ao Cadastro de Empregadores com trabalho análogo à escravidão e análise de passivos trabalhistas relevantes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A identificação de trabalho infantil, forçado ou degradante ensejará rescisão contratual por justa causa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SUBSTâNCIAS ILíCITAS / ÁLCOOL</w:t>
+        <w:t xml:space="preserve">			SUBSTÂNCIAS ILÍCITAS / ÁLCOOL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">É proibida a posse, oferta ou uso de drogas e o consumo de bebidas alcoólicas no ambiente de trabalho.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PORTE DE ARMAS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vedado o porte de qualquer arma nas dependências da empresa, salvo para vigilância autorizada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			ASSéDIO MORAL E SEXUAL</w:t>
+        <w:t xml:space="preserve">			ASSÉDIO MORAL E SEXUAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Não toleramos qualquer forma de assédio moral ou sexual. Definições adotadas:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -929,334 +929,334 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Assédio sexual: conduta com conotação sexual não consentida, sujeita a apuração rigorosa e sanções compatíveis com a gravidade do ato.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			DIVERSIDADE, INCLUSãO E RESPEITO</w:t>
+        <w:t xml:space="preserve">			DIVERSIDADE, INCLUSÃO E RESPEITO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A diversidade é essencial para o sucesso. Um ambiente plural fomenta inovação, empatia e crescimento coletivo. Na B.Side Investimentos, todos devem atuar em conformidade com a lei e com ética, sem preconceito de gênero, orientação sexual, etnia, origem, faixa etária, crença, aparência ou deficiência.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Repudiamos qualquer forma de discriminação. Nosso compromisso é garantir que todas as pessoas sejam tratadas com dignidade, igualdade e respeito. Não toleramos atos discriminatórios, ameaças ou constrangimentos em nossas instalações ou relações profissionais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SAúDE FíSICA E MENTAL</w:t>
+        <w:t xml:space="preserve">			SAÚDE FÍSICA E MENTAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Cuidar das pessoas é valor central. O bem-estar integral dos colaboradores e parceiros é essencial para um ambiente produtivo e sustentável. Alinhamos nossas práticas às diretrizes da OMS e OIT, entendendo saúde como bem-estar físico, mental e social.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			EQUILíBRIO ENTRE VIDA PESSOAL E PROFISSIONAL</w:t>
+        <w:t xml:space="preserve">			EQUILÍBRIO ENTRE VIDA PESSOAL E PROFISSIONAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Promovemos cultura que respeita o descanso e incentiva gestão consciente da carga de trabalho.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			AUTOCUIDADO E HáBITOS SAUDáVEIS</w:t>
+        <w:t xml:space="preserve">			AUTOCUIDADO E HÁBITOS SAUDÁVEIS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Incentivamos alimentação adequada, sono regular e atividades físicas. Oferecemos benefícios como plano de saúde e acesso ao Wellhub.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SAúDE MENTAL COMO PRIORIDADE</w:t>
+        <w:t xml:space="preserve">			SAÚDE MENTAL COMO PRIORIDADE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Combatemos estigmas e oferecemos suporte com acolhimento, diálogo aberto e acesso à Psicologia Viva, pela plataforma Wellhub.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			AMBIENTE SEGURO E RESPEITOSO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prevenimos abuso, violência psicológica e desrespeito, promovendo relações de escuta e apoio mútuo.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			RESPONSABILIDADE COMPARTILHADA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O cuidado é responsabilidade de todos. A conduta deve refletir atenção, respeito aos limites e contribuição para um ambiente acolhedor.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PREVENÇÃO À CORRUPÇÃO, FRAUDE E SUBORNO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A integridade é um pilar da B.Side Investimentos. Temos tolerância zero com corrupção, fraude ou suborno em qualquer relação. Cumprimos a Lei nº 12.846/2013 (Lei Anticorrupção) e demais normas aplicáveis.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			DEFINIçõES</w:t>
+        <w:t xml:space="preserve">			DEFINIÇÕES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Corrupção: abuso de poder para obter vantagem indevida.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1279,176 +1279,176 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Suborno: oferecer ou aceitar algo de valor para influenciar decisões.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			PRáTICAS PROIBIDAS</w:t>
+        <w:t xml:space="preserve">			PRÁTICAS PROIBIDAS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Oferecer ou aceitar dinheiro, brindes ou favores para influenciar decisões; pagamento de comissões não autorizadas; contratos fictícios; uso de intermediários para atos ilícitos; doações indevidas com fins de obter vantagens.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			RESPONSABILIDADE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A empresa pode ser responsabilizada objetivamente por atos lesivos cometidos em seu interesse. Parceiros, colaboradores e prestadores de serviço devem cumprir integralmente esta política. Violações serão apuradas e poderão gerar sanções administrativas, cíveis e criminais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			RELACIONAMENTO COM O PODER PÚBLICO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Toda interação com agentes públicos deve ser ética, transparente e autorizada. Recomenda-se que haja ao menos dois representantes da empresa presentes em contatos institucionais. Não recebemos recursos públicos nem realizamos projetos financiados por verbas governamentais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PREVENÇÃO À LAVAGEM DE DINHEIRO E AO FINANCIAMENTO DO TERRORISMO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A lavagem de dinheiro consiste em ocultar ou disfarçar a origem ilícita de recursos. Repudiamos qualquer conduta nesse sentido e adotamos controles internos rigorosos.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			DIRETRIZES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1497,84 +1497,84 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As operações são registradas e monitoradas conforme normas contábeis e fiscais. Controles adicionais são feitos via plataforma BTG Pactual. Consultar política específica de doações e patrocínios para mais detalhes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CONFLITO DE INTERESSES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conflitos de interesse surgem quando relações pessoais interferem no julgamento profissional. Todos devem agir com imparcialidade, orientados pelo melhor interesse da empresa e dos clientes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			DIRETRIZES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1623,90 +1623,90 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A transparência é essencial. Dúvidas devem ser comunicadas imediatamente. Para mais informações, consultar a política específica sobre o tema.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CONCORRÊNCIA LEAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A B.Side Investimentos atua de forma ética e transparente, respeitando a Lei nº 12.529/2011 (Lei Antitruste). Repudiamos práticas desleais ou ilegais que restrinjam a concorrência.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			PRáTICAS PROIBIDAS</w:t>
+        <w:t xml:space="preserve">			PRÁTICAS PROIBIDAS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- Acordos ou trocas de informações com concorrentes sobre preços, condições comerciais ou políticas de venda.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1789,51 +1789,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mesmo em encontros informais, recomenda-se cautela. Reuniões com players do setor devem ser documentadas para garantir transparência. Informações sobre concorrentes devem ser obtidas por meios lícitos e éticos.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			BRINDES, PRESENTES, VIAGENS E CONVITES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1842,51 +1842,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Viagens, hospedagens, eventos ou benefícios similares exigem aprovação prévia da liderança e, quando aplicável, da área de Compliance. As situações devem ser orientadas pela proporcionalidade, transparência e bom senso.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			ATIVOS DA EMPRESA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1895,51 +1895,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">É proibido copiar, transferir ou usar arquivos ou sistemas em dispositivos pessoais ou ambientes externos, mesmo que produzidos pelo colaborador. Todo material desenvolvido pertence à empresa, conforme previsto em contrato de trabalho ou parceria.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			ATIVIDADES POLÍTICO-PARTIDÁRIAS E RELIGIOSAS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1948,84 +1948,84 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">É vedado o uso do nome, marca ou recursos da empresa para promoção de crenças, candidatos ou partidos. Opiniões pessoais devem ser expressas de forma responsável, fora do ambiente corporativo e sem associação à empresa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PRIVACIDADE E PROTEÇÃO DE DADOS PESSOAIS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Todas as atividades da B.Side Investimentos devem cumprir a Lei Geral de Proteção de Dados (LGPD) e normas correlatas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			DIRETRIZES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2074,84 +2074,84 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Incidentes de segurança serão comunicados ao titular e às autoridades, conforme previsto em lei. Todos devem adotar práticas de cibersegurança e evitar cliques em links suspeitos ou divulgações não autorizadas. Para mais detalhes, consultar a política de LGPD.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			REDES SOCIAIS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As redes sociais são parte da comunicação contemporânea e impactam diretamente a reputação da B.Side Investimentos. Reconhecemos a livre expressão individual, mas exigimos responsabilidade e alinhamento aos nossos valores.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			DIRETRIZES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2260,183 +2260,183 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Apenas profissionais designados podem se manifestar oficialmente em nome da empresa. Em caso de abordagem da imprensa, o colaborador deve encaminhar ao Departamento de Marketing.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			CANAL DE DENúNCIA</w:t>
+        <w:t xml:space="preserve">			CANAL DE DENÚNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Disponibilizamos um Canal de Denúncia terceirizado, independente, sigiloso e seguro para tratar comportamentos inadequados ou ilegais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			QUEM PODE UTILIZAR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Colaboradores, sócios, associados, prestadores de serviços, fornecedores, clientes e parceiros.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			O QUE DENUNCIAR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Violações ao Código de Conduta, leis vigentes ou normas internas. Exemplos: assédio, discriminação, fraude, corrupção, conflito de interesses, vazamento de dados.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			COMO FAZER UMA DENúNCIA</w:t>
+        <w:t xml:space="preserve">			COMO FAZER UMA DENÚNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O relato deve ser claro, objetivo e baseado em fatos concretos. Inclua datas, locais, nomes e evidências sempre que possível.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			GARANTIAS AO DENUNCIANTE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2485,51 +2485,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- Apuração técnica e imparcial.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			COMO ACESSAR O CANAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2578,51 +2578,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Formulário físico: disponível na sede da empresa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			TERMO DE CIÊNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>