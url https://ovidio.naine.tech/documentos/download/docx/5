--- v0 (2025-12-06)
+++ v1 (2026-02-01)
@@ -9,69 +9,69 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CÓDIGO DE CONDUTA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			MENSAGEM DO NOSSO CEO E FOUNDER</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A B.Side Investimentos surgiu da insatisfação com as práticas dos grandes bancos de sobrepor seus interesses sobre os dos clientes. Usando a plataforma de um banco estabelecido como o BTG, aliado à experiência de um time de private banking de primeira linha, nasceu uma estrutura simplificada e eficiente de wealth management, que tem o propósito de mais do que colocar o cliente no centro, é manter ele lá.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
@@ -173,57 +173,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rafael Christiansen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MISSãO, VISãO E VALORES</w:t>
+        <w:t xml:space="preserve">			MISSÃO, VISÃO E VALORES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Missão</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -457,57 +457,57 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Senso de Dono:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agimos com responsabilidade, autonomia e zelo.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MEIO AMBIENTE DE TRABALHO SEGURO E SAUDáVEL</w:t>
+        <w:t xml:space="preserve">			MEIO AMBIENTE DE TRABALHO SEGURO E SAUDÁVEL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Na B.Side Investimentos, o respeito aos seres humanos é um princípio inegociável. Atuamos em conformidade com os direitos fundamentais reconhecidos na Declaração Universal dos Direitos Humanos e, considerando a natureza da nossa atividade, destacamos os eixos a seguir como essenciais em nossa prática:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -835,57 +835,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ACESSO VÍDEO SOBRE O TEMA:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			DIVERSIDADE, INCLUSãO E RESPEITO</w:t>
+        <w:t xml:space="preserve">			DIVERSIDADE, INCLUSÃO E RESPEITO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Acreditamos que a diversidade é um dos principais caminhos para o sucesso. Um ambiente plural favorece a inovação, a empatia e o crescimento coletivo. Na B.Side Investimentos, todos devem atuar em obediência à legislação aplicável e exercer suas funções baseadas no comportamento ético, sem preconceito independentemente de gênero, orientação sexual, etnia, origem, faixa etária, crença religiosa, aparência física ou deficiência.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -921,57 +921,57 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Defendemos que uma empresa responsável deve agir em harmonia com todas as pessoas e com a sociedade, promovendo relações pautadas na empatia, no respeito e na valorização das diferentes culturas. Por isso, temos o compromisso de eliminar qualquer forma de preconceito, discriminação ou intolerância em nosso ambiente de trabalho.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nosso compromisso é garantir que todas as pessoas sejam tratadas com dignidade, igualdade e respeito, em qualquer situação. Assim, não será tolerado que qualquer sócio, colaborador, consultor independente, fornecedor ou cliente atue de forma discriminatória ou promova qualquer tipo de ameaça, exclusão ou constrangimento em nossas instalações ou relações profissionais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SAúDE FíSICA E MENTAL</w:t>
+        <w:t xml:space="preserve">			SAÚDE FÍSICA E MENTAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Para nossa empresa, cuidar das pessoas é um valor central. Acreditamos que o bem-estar integral dos nossos colaboradores e parceiros é condição essencial para o desenvolvimento de um ambiente de trabalho produtivo, ético e sustentável.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1204,57 +1204,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O cuidado com a saúde física e mental é responsabilidade de todos — da liderança à equipe operacional. Nossa conduta deve sempre refletir atenção ao outro, respeito aos limites e disposição para contribuir com um ambiente acolhedor e equilibrado.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			PREVENçãO à CORRUPçãO, FRAUDE E SUBORNO</w:t>
+        <w:t xml:space="preserve">			PREVENÇÃO À CORRUPÇÃO, FRAUDE E SUBORNO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A integridade é um dos pilares da B.Side Investimentos. Temos tolerância zero com qualquer prática de corrupção, fraude ou suborno, tanto nas nossas relações com o setor público quanto com o setor privado. Todas as nossas atividades devem ser conduzidas com ética, transparência e estrito cumprimento das legislações nacionais e internacionais aplicáveis, especialmente a Lei nº 12.846/2013 — Lei Anticorrupção Brasileira.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1490,110 +1490,110 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nos termos da Lei Anticorrupção, a empresa pode ser responsabilizada objetivamente por atos lesivos cometidos em seu interesse ou benefício, mesmo que sem seu conhecimento direto. Isso significa que parceiros, colaboradores, prestadores de serviço e terceiros que ajam em nome ou em benefício da B.Side Investimentos devem cumprir integralmente esta política.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Situações suspeitas devem ser comunicadas imediatamente ao canal de denúncia, e qualquer violação poderá ensejar sanções administrativas, cíveis e criminais, além de responsabilização pessoal do(s) envolvido(s).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			RELACIONAMENTO COM O PODER PúBLICO</w:t>
+        <w:t xml:space="preserve">			RELACIONAMENTO COM O PODER PÚBLICO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Toda interação com agentes públicos deve ser conduzida de forma ética, transparente e autorizada. Em situações que exijam contato institucional, recomendamos que haja sempre ao menos dois representantes da empresa envolvidos, garantindo lisura e rastreabilidade.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A B.Side Investimentos não recebe recursos públicos nem realiza projetos financiados por verbas governamentais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			PREVENçãO à LAVAGEM DE DINHEIRO E AO FINANCIAMENTO DO TERRORISMO</w:t>
+        <w:t xml:space="preserve">			PREVENÇÃO À LAVAGEM DE DINHEIRO E AO FINANCIAMENTO DO TERRORISMO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A lavagem de dinheiro é crime e consiste em ocultar ou disfarçar a origem ilícita de recursos, reinserindo-os no sistema econômico como se fossem legítimos. Tal prática normalmente ocorre em três etapas: ocultação, dissimulação e integração. A B.Side Investimentos repudia qualquer conduta nesse sentido e adota rigorosos controles internos para garantir a origem lícita de todos os recursos movimentados.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1656,51 +1656,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Temos uma política específica de doações e patrocínios, que pode ser acessada aqui.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CONFLITO DE INTERESSES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1749,57 +1749,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nossa política sobre o tema traz outros pontos, além dos já elencados. Clique aqui para saber mais a respeito.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			CONCORRêNCIA LEAL</w:t>
+        <w:t xml:space="preserve">			CONCORRÊNCIA LEAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A B.Side Investimentos atua de forma estratégica e com uma visão arrojada, mas jamais à custa de práticas desleais ou ilegais. Acreditamos que competir com ética é essencial para a sustentabilidade dos negócios e para a construção de um mercado financeiro mais justo, transparente e eficiente.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -2022,51 +2022,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Temos uma política mais abrangente sobre o assunto. Para acessá-la, clique aqui.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			BRINDES, PRESENTES, VIAGENS E CONVITES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2095,51 +2095,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Se quiser saber mais a respeito, verifique nossa política interna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			ATIVOS DA EMPRESA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2148,110 +2148,110 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">É proibido copiar, transferir ou utilizar arquivos, propostas ou sistemas da empresa em dispositivos pessoais, ambientes externos ou concorrentes, mesmo que tenham sido produzidos pelo próprio colaborador. Todo material desenvolvido pertence à empresa, conforme previsto em contrato de trabalho ou parceria.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			ATIVIDADES POLíTICO-PARTIDáRIAS E RELIGIOSAS</w:t>
+        <w:t xml:space="preserve">			ATIVIDADES POLÍTICO-PARTIDÁRIAS E RELIGIOSAS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Respeitamos as convicções individuais de nossos colaboradores, sócios, associados, clientes e parceiros, sejam políticas ou religiosas. No entanto, a B.Side Investimentos mantém postura institucional neutra e não apoia, financia ou participa de manifestações político-partidárias ou religiosas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">É vedado o uso do nome, marca ou recursos da empresa para promover, direta ou indiretamente, quaisquer crenças, candidatos ou partidos. Opiniões pessoais devem ser expressas de forma responsável, fora do ambiente corporativo e sem associação à empresa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			PRIVACIDADE E PROTEçãO DE DADOS PESSOAIS</w:t>
+        <w:t xml:space="preserve">			PRIVACIDADE E PROTEÇÃO DE DADOS PESSOAIS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Todas as atividades da B.Side Investimentos devem estar aderentes aos princípios aplicáveis à proteção de dados instituídos pela LGPD. Cumprimos integralmente a Lei Geral de Proteção de Dados (LGPD) e outras normas correlatas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -2334,51 +2334,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Para maior conhecimento, acesse nossa política de LGPD.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			REDES SOCIAIS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2837,57 +2837,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Apenas profissionais formalmente designados podem se manifestar em nome da B.Side Investimentos. Colaboradores não autorizados devem encaminhar abordagens da imprensa ao Departamento de Marketing.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			CANAL DE DENúNCIA</w:t>
+        <w:t xml:space="preserve">			CANAL DE DENÚNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Para garantir que qualquer comportamento inadequado, ilegal ou contrário a este Código de Conduta seja tratado com seriedade e imparcialidade, disponibilizamos um Canal de Denúncia terceirizado, independente, sigiloso e seguro.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
@@ -3562,57 +3562,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Denunciar é um ato de responsabilidade e contribui para um ambiente íntegro e seguro.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			TERMO DE CIêNCIA</w:t>
+        <w:t xml:space="preserve">			TERMO DE CIÊNCIA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Declaro, para os devidos fins, que estou ciente dos termos do Código de Conduta da empresa, bem como eventuais desdobramentos e obrigações em caso de infrações.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>