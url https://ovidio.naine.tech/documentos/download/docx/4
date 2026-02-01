--- v0 (2025-12-06)
+++ v1 (2026-02-01)
@@ -9,69 +9,69 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CÓDIGO DE CONDUTA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			MENSAGEM DO NOSSO CEO E FOUNDER</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Para manter a nossa empresa unida e seguirmos a transparência devida com todos os nossos relacionamentos, é fundamental que sejamos guiados por um código de conduta claro e consistente, pois para alcançar nossos objetivos, aderimos sempre aos mais altos padrões de integridade e cumprimos com as leis e normas aplicáveis.</w:t>
       </w:r>
@@ -162,105 +162,105 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rafael Christiansen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MISSãO VISãO E VALORES</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+        <w:t xml:space="preserve">			MISSÃO VISÃO E VALORES</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MISSãO</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+        <w:t xml:space="preserve">			MISSÃO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			VISãO</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+        <w:t xml:space="preserve">			VISÃO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			VALORES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
@@ -379,69 +379,69 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Senso de Dono:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agimos com responsabilidade, autonomia e zelo.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			MEIO AMBIENTE DE TRABALHO SEGURO E SAUDáVEL</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+        <w:t xml:space="preserve">			MEIO AMBIENTE DE TRABALHO SEGURO E SAUDÁVEL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			TRABALHO DECENTE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
@@ -475,93 +475,93 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A identificação de qualquer indício de trabalho infantil, forçado, em regime degradante ou em desacordo com normas básicas de saúde e segurança resultará na imediata rescisão contratual, por justa causa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SUBSTâNCIAS ILíCITAS / ÁLCOOL</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+        <w:t xml:space="preserve">			SUBSTÂNCIAS ILÍCITAS / ÁLCOOL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PORTE DE ARMAS DE FOGO E BRANCA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			ASSéDIO MORAL E SEXUAL</w:t>
+        <w:t xml:space="preserve">			ASSÉDIO MORAL E SEXUAL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Apesar de amplamente discutidos, os conceitos de assédio ainda geram dúvidas. Por isso, esclarecemos abaixo as definições que adotamos:</w:t>
@@ -600,57 +600,57 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Assédio sexual:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> será tratado com a mesma seriedade, reconhecendo-se, inclusive, suas implicações legais e criminais. Ambas as formas de assédio, uma vez identificadas, ensejarão apuração rigorosa e responsabilização compatível com a gravidade do ato.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			DIVERSIDADE, INCLUSãO E RESPEITO</w:t>
+        <w:t xml:space="preserve">			DIVERSIDADE, INCLUSÃO E RESPEITO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Repudiamos, em todas as nossas relações — com fornecedores, clientes, colaboradores, subcontratados e demais parceiros — qualquer forma de discriminação.</w:t>
@@ -671,159 +671,159 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Defendemos que uma empresa responsável deve agir em harmonia com todas as pessoas e com a sociedade, promovendo relações pautadas na empatia, no respeito e na valorização das diferentes culturas. Por isso, temos o compromisso de eliminar qualquer forma de preconceito, discriminação ou intolerância em nosso ambiente de trabalho.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nosso compromisso é garantir que todas as pessoas sejam tratadas com dignidade, igualdade e respeito, em qualquer situação. Assim, não será tolerado que qualquer sócio, colaborador, consultor independente, fornecedor ou cliente atue de forma discriminatória ou promova qualquer tipo de ameaça, exclusão ou constrangimento em nossas instalações ou relações profissionais.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SAúDE FíSICA E MENTAL</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+        <w:t xml:space="preserve">			SAÚDE FÍSICA E MENTAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			EQUILíBRIO ENTRE VIDA PESSOAL E PROFISSIONAL</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+        <w:t xml:space="preserve">			EQUILÍBRIO ENTRE VIDA PESSOAL E PROFISSIONAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			AUTOCUIDADO E HáBITOS SAUDáVEIS</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+        <w:t xml:space="preserve">			AUTOCUIDADO E HÁBITOS SAUDÁVEIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			SAúDE MENTAL COMO PRIORIDADE</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+        <w:t xml:space="preserve">			SAÚDE MENTAL COMO PRIORIDADE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			AMBIENTE SEGURO E RESPEITOSO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			RESPONSABILIDADE COMPARTILHADA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PREVENÇÃO À CORRUPÇÃO, FRAUDE E SUBORNO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>