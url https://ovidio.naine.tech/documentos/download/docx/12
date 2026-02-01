--- v0 (2025-12-06)
+++ v1 (2026-02-01)
@@ -10,51 +10,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CONTRATO DE PRESTAÇÃO DE SERVIÇOS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pelo presente instrumento particular, de um lado </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -156,51 +156,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As partes acima identificadas têm, entre si, justo e acertado o presente Contrato de Prestação de Serviços, que se regerá pelas cláusulas e condições seguintes:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			OBJETO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -289,131 +289,131 @@
         </w:rPr>
         <w:t xml:space="preserve">Suporte em sistemas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			PRAZO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A prestação dos serviços terá início em [Data] e término em [Data ou "prazo indeterminado"], podendo ser renovado mediante acordo entre as partes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			REMUNERAÇÃO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pelo serviço prestado, o CONTRATANTE pagará ao CONTRATADO o valor de R$ [Valor] ([Valor por extenso]), da seguinte forma: [especificar se é mensal, por projeto, por hora, etc.].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:ind w:left="1984.251968503937" w:right="0" w:firstLine="0" w:hanging="0"/>
         <w:spacing w:before="18" w:after="18"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> O pagamento será efetuado via [especificar meio, ex: transferência bancária], até o dia [dia] de cada mês. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			OBRIGAÇÕES DO CONTRATADO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -485,51 +485,51 @@
         <w:jc w:val="both"/>
         <w:ind w:left="2125.984251968504" w:right="0" w:firstLine="0" w:hanging="0"/>
         <w:spacing w:before="18" w:after="18" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> O regulamento exige: XYZ e ABC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			OBRIGAÇÕES DO CONTRATANTE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -538,117 +538,117 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fornecer as informações e recursos necessários para a execução dos serviços.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			RESCISÃO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O presente contrato poderá ser rescindido por qualquer das partes, mediante aviso prévio de [X] dias, sem prejuízo do pagamento pelos serviços já prestados.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			CONFIDENCIALIDADE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambas as partes comprometem-se a manter em sigilo todas as informações obtidas em função deste contrato, mesmo após seu término.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			FORO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>