--- v0 (2025-12-06)
+++ v1 (2026-02-01)
@@ -727,64 +727,64 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:before="0" w:after="360" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OAB/SP nº 294.649</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			PRELIMINARES DE MéRITO</w:t>
+        <w:t xml:space="preserve">			PRELIMINARES DE MÉRITO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 2" w:hAnsi="Heading 2" w:eastAsia="Heading 2" w:cs="Heading 2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			1 - ILEGITIMIDADE PASSIVA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:ind w:left="1984.251968503937" w:right="0" w:firstLine="0" w:hanging="0"/>
         <w:spacing w:before="18" w:after="18"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A inclusão da 2ª reclamada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>