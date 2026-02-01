--- v0 (2025-12-06)
+++ v1 (2026-02-01)
@@ -9,64 +9,64 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">			PRELIMINARES DE MéRITO</w:t>
+        <w:t xml:space="preserve">			PRELIMINARES DE MÉRITO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			DO CONTRATO DE TRABALHO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:ind w:left="1984.251968503937" w:right="0" w:firstLine="0" w:hanging="0"/>
         <w:spacing w:before="18" w:after="18"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -378,51 +378,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:ind w:left="1984.251968503937" w:right="0" w:firstLine="0" w:hanging="0"/>
         <w:spacing w:before="18" w:after="18"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> O reclamante foi contratado em xx/xx/xxxx, para exercer a função de xxxxxx, com o salário inicial no valor de R$ xxxxx, conforme ficha de registro e contrato de trabalho anexos (doc. xxx), e carteira de trabalho juntada pelo reclamante às fls. xxxx. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Heading 1" w:hAnsi="Heading 1" w:eastAsia="Heading 1" w:cs="Heading 1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">			DO CONTRATO DE TRABALHO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:ind w:left="1984.251968503937" w:right="0" w:firstLine="0" w:hanging="0"/>
         <w:spacing w:before="18" w:after="18"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>